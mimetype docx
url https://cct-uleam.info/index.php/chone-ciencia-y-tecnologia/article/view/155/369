--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,57 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="58243253" w14:textId="12E44FDD" w:rsidR="002B7BBC" w:rsidRPr="00E03210" w:rsidRDefault="000146DA" w:rsidP="002B7BBC">
+    <w:p w14:paraId="58243253" w14:textId="4F4D2A2A" w:rsidR="002B7BBC" w:rsidRPr="00E03210" w:rsidRDefault="000146DA" w:rsidP="00B8297D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Respuesta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
@@ -108,291 +107,288 @@
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>vulgaris</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.</w:t>
       </w:r>
       <w:r w:rsidR="002B7BBC" w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">) tratado con </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E03210">
+        <w:t>) tratado con</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8297D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>bioestimulantes</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="002B7BBC" w:rsidRPr="00E03210">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E03210">
+        <w:t>bioestimulantes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002B7BBC" w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>en condiciones edafoclimáticas</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002B7BBC" w:rsidRPr="00E03210">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E03210">
+        <w:t>en condiciones edafoclimáticas</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7BBC" w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>de Santa</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002B7BBC" w:rsidRPr="00E03210">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Isabel</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>de Santa</w:t>
+      </w:r>
+      <w:r w:rsidR="002B7BBC" w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Isabel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2612C2A5" w14:textId="77777777" w:rsidR="000146DA" w:rsidRPr="000146DA" w:rsidRDefault="000146DA" w:rsidP="000146DA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000146DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Morphophysiological response of beans (Phaseolus vulgaris L.) treated with </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000146DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>biostimulants</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000146DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> under soil and climate conditions in Santa Isabel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B8A25D3" w14:textId="556322DE" w:rsidR="007E36F8" w:rsidRDefault="002B7BBC" w:rsidP="007E36F8">
+    <w:p w14:paraId="2B8A25D3" w14:textId="104D2AE3" w:rsidR="007E36F8" w:rsidRDefault="002B7BBC" w:rsidP="007E36F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E36F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ana Boudet </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007E36F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Antomarchi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E36F8" w:rsidRPr="007E36F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007E36F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="007E36F8" w:rsidRPr="007E36F8">
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007E36F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="573D93C3" w14:textId="255FE9F8" w:rsidR="007E36F8" w:rsidRDefault="007E36F8" w:rsidP="007E36F8">
+    <w:p w14:paraId="573D93C3" w14:textId="7B72F96A" w:rsidR="007E36F8" w:rsidRDefault="007E36F8" w:rsidP="007E36F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tony </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Boicet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fabré</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E03210">
+      <w:r w:rsidRPr="007E36F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58449AF7" w14:textId="77777777" w:rsidR="002373A5" w:rsidRDefault="002373A5" w:rsidP="002373A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -558,59 +554,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4289DB74" w14:textId="4492B811" w:rsidR="00E27CF9" w:rsidRPr="002373A5" w:rsidRDefault="002373A5" w:rsidP="002373A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002373A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ORCID:</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">ORCID: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="001821A7" w:rsidRPr="002373A5">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0001-5769-6852</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7C63B74D" w14:textId="3EA76F74" w:rsidR="001821A7" w:rsidRPr="007E36F8" w:rsidRDefault="007E36F8" w:rsidP="007E36F8">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -635,67 +623,99 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00505F28" w:rsidRPr="00505F28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00FF2FE8" w:rsidRPr="00387609">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>aboudeta@udg.co.cu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="24D35D1C" w14:textId="77777777" w:rsidR="000D5B18" w:rsidRDefault="000D5B18" w:rsidP="000D5B18">
+    <w:p w14:paraId="24D35D1C" w14:textId="4E44A2D3" w:rsidR="000D5B18" w:rsidRDefault="000D5B18" w:rsidP="000D5B18">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Enviado: 08/07/2025 \ Aprobado: 13/10/2025</w:t>
+        <w:t>Enviado: 08/07/2025 \ Aprobado: 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8788F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8788F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="595132B2" w14:textId="4D69461A" w:rsidR="00E02420" w:rsidRPr="007C0CCE" w:rsidRDefault="00E02420" w:rsidP="00D30132">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C0CCE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00815487">
         <w:rPr>
@@ -4590,111 +4610,103 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">,6 % y lluvias acumuladas durante el periodo de 180 </w:t>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="_Toc197422292"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008D0DB1" w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mm.</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008D0DB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Fig. 1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="439B2F46" w14:textId="11B2AE27" w:rsidR="00173106" w:rsidRDefault="00173106" w:rsidP="00173106">
+    <w:p w14:paraId="439B2F46" w14:textId="127953D8" w:rsidR="00173106" w:rsidRDefault="007A1FBB" w:rsidP="00173106">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E6BFAF9" wp14:editId="2345FE2B">
-[...2 lines deleted...]
-            <wp:docPr id="3" name="Imagen 3" descr="C:\Users\ANADE\Pictures\ana2.jpg"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="539240E3" wp14:editId="0F4F849E">
+            <wp:extent cx="4972744" cy="3210373"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:docPr id="3" name="Imagen 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\ANADE\Pictures\ana2.jpg"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="3" name="Imagen 3"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4994851" cy="3218890"/>
+                      <a:ext cx="4972744" cy="3210373"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F7E964E" w14:textId="00F06442" w:rsidR="00C71577" w:rsidRPr="00FE0F3B" w:rsidRDefault="00C71577" w:rsidP="00C71577">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0F3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
@@ -5401,68 +5413,84 @@
         </w:rPr>
         <w:t>Las prácticas culturales y fitosanitarias se realizaron según lo descrito en las instrucciones técnicas para el cultivo de frijol en Cuba (M</w:t>
       </w:r>
       <w:r w:rsidR="003D1B06" w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">INAG, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2014).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="72A305D2" w14:textId="77777777" w:rsidR="00E02420" w:rsidRDefault="00E02420" w:rsidP="00FF062D">
+    <w:p w14:paraId="72A305D2" w14:textId="481703CE" w:rsidR="00E02420" w:rsidRDefault="00E02420" w:rsidP="00FF062D">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>La variedad de frijol de testa roja Buena Ventura fue la utilizada en la investigación.</w:t>
+        <w:t>La variedad de frijol de testa roja Buena Ventura fue la utilizada en la investigación</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51902">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, sus características se aprecian en la tabla 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E03210">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73234E6F" w14:textId="191F9832" w:rsidR="00E02420" w:rsidRPr="004E0B35" w:rsidRDefault="00E02420" w:rsidP="00071454">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="8897" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1448"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="2346"/>
@@ -6531,50 +6559,51 @@
     <w:p w14:paraId="3BE75D3D" w14:textId="1A73F28F" w:rsidR="00E02420" w:rsidRPr="00FF062D" w:rsidRDefault="00E02420" w:rsidP="00FF062D">
       <w:pPr>
         <w:pStyle w:val="Ttulo3"/>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc197422298"/>
       <w:r w:rsidRPr="00FF062D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Variables fisiológicas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="35F0C8CC" w14:textId="22A1C1CC" w:rsidR="00E02420" w:rsidRPr="00FF062D" w:rsidRDefault="00E02420" w:rsidP="00FF062D">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF062D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1) Masa seca de la parte aérea de las plantas (g): </w:t>
       </w:r>
       <w:r w:rsidR="00633D54">
         <w:rPr>
@@ -6636,51 +6665,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> KERN PFB.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71541991" w14:textId="3044BD14" w:rsidR="00E02420" w:rsidRPr="00FF062D" w:rsidRDefault="00E02420" w:rsidP="00FF062D">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF062D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2) Etapas fenológicas: se realizaron observaciones fenológicas según metodología de la ACC, (1976). El registro fenológico (desde la emergencia hasta la madurez fisiológica) incluyó el número de</w:t>
       </w:r>
       <w:r w:rsidR="002F6878" w:rsidRPr="00FF062D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> días después de la siembra</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF062D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002F6878" w:rsidRPr="00FF062D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
@@ -7548,50 +7576,51 @@
         <w:t xml:space="preserve"> para p ≤ 0,05. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C8138EB" w14:textId="13CA8932" w:rsidR="00694937" w:rsidRPr="00214A1F" w:rsidRDefault="00E02420" w:rsidP="00FF062D">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Toc197422301"/>
       <w:r w:rsidRPr="00214A1F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="002843F4" w:rsidRPr="00214A1F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">esultados </w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="38AE0069" w14:textId="2731D3D6" w:rsidR="00E02420" w:rsidRPr="001500CB" w:rsidRDefault="00E02420" w:rsidP="00FF062D">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
@@ -7686,51 +7715,50 @@
       <w:r w:rsidR="00E02420" w:rsidRPr="00FF062D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bioestimulantes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E02420" w:rsidRPr="00FF062D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> respecto al tratamiento control sin aplicación, con mayor valor para </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00320E7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Azofer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00320E7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>®-F</w:t>
       </w:r>
       <w:r w:rsidR="00320E7C" w:rsidRPr="00483337">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E02420" w:rsidRPr="00FF062D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -9107,50 +9135,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a los 30 y 45 días después de la siembra.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77C1BF13" w14:textId="77CF40AB" w:rsidR="00E02420" w:rsidRPr="00E03210" w:rsidRDefault="00BC343F" w:rsidP="00FF062D">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Otros como</w:t>
       </w:r>
       <w:r w:rsidR="00BC4170" w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Morales-Guevara </w:t>
       </w:r>
       <w:r w:rsidR="00BC4170" w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al.</w:t>
       </w:r>
       <w:r w:rsidR="00E02420" w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -9211,51 +9240,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> aumentó el crecimiento de las plantas al encontrar resultados positivos en el incremento de la altura de las plantas, el diámetro del tallo y el número de foliolos, así como mejor respuesta al estrés por sequía.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ECC4279" w14:textId="55195FD1" w:rsidR="00E02420" w:rsidRPr="00E03210" w:rsidRDefault="00E02420" w:rsidP="00FF062D">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">En </w:t>
       </w:r>
       <w:r w:rsidR="00850DB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>estudios</w:t>
       </w:r>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> realizada</w:t>
       </w:r>
       <w:r w:rsidR="006900F4" w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s por Martínez- González </w:t>
@@ -10646,68 +10674,68 @@
       <w:r w:rsidRPr="0003438A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Letras iguales en una misma columna no existe diferencias significativas </w:t>
       </w:r>
       <w:r w:rsidR="0003438A" w:rsidRPr="0003438A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>según Tukey</w:t>
       </w:r>
       <w:r w:rsidRPr="0003438A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> para p ≤ 0,05 de significación</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3750616D" w14:textId="19E18A9E" w:rsidR="00E02420" w:rsidRPr="00BC28D1" w:rsidRDefault="00771324" w:rsidP="00B35DEA">
+    <w:p w14:paraId="3750616D" w14:textId="1CBE52AE" w:rsidR="00E02420" w:rsidRPr="00BC28D1" w:rsidRDefault="00771324" w:rsidP="00B35DEA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC28D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Figura. </w:t>
+        <w:t xml:space="preserve">Figura </w:t>
       </w:r>
       <w:r w:rsidR="00C71577" w:rsidRPr="00BC28D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00E02420" w:rsidRPr="00BC28D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Efecto de los tratamientos sobre la biomasa seca de la parte aérea (MSPA) en plantas de frijol.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57B4E706" w14:textId="77777777" w:rsidR="0003438A" w:rsidRDefault="0003438A" w:rsidP="0003438A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -14044,70 +14072,70 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BDA19B1" w14:textId="77777777" w:rsidR="00555C47" w:rsidRPr="001F0B9F" w:rsidRDefault="00555C47" w:rsidP="00FF062D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F0B9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Leyenda: LT – Longitud de tallos; DT – diámetro de tallos; NH – Número de hojas; MSAP – Masa seca de la parte aérea.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09186CC0" w14:textId="6C5DAB75" w:rsidR="00555C47" w:rsidRPr="00E16B86" w:rsidRDefault="00150D0E" w:rsidP="00E16B86">
+    <w:p w14:paraId="09186CC0" w14:textId="4C76A4C4" w:rsidR="00555C47" w:rsidRPr="00E16B86" w:rsidRDefault="00150D0E" w:rsidP="00E16B86">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF4459">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Figura. </w:t>
+        <w:t xml:space="preserve">Figura </w:t>
       </w:r>
       <w:r w:rsidR="000066FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00555C47" w:rsidRPr="00FF4459">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Índice de Eficiencia para los indicadores evaluados en cada tratamiento</w:t>
       </w:r>
       <w:r w:rsidR="00555C47" w:rsidRPr="00E16B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -14787,69 +14815,51 @@
         </w:rPr>
         <w:t>aron diferencias en la aparición de las diferentes etapas fenológicas del cultivo en cada uno de los tratamientos con respecto al control sin aplicación</w:t>
       </w:r>
       <w:r w:rsidR="00762715" w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. El cultivo </w:t>
       </w:r>
       <w:r w:rsidR="00FF062D" w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>necesitó para</w:t>
       </w:r>
       <w:r w:rsidR="00762715" w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> completar el ciclo desde la siembra a </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> fisiológica 76 días  con</w:t>
+        <w:t xml:space="preserve"> completar el ciclo desde la siembra a la  madurez fisiológica 76 días  con</w:t>
       </w:r>
       <w:r w:rsidR="00722795" w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un total de</w:t>
       </w:r>
       <w:r w:rsidR="00762715" w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1091,26 </w:t>
       </w:r>
       <w:r w:rsidR="00762715" w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B0"/>
       </w:r>
@@ -14864,77 +14874,77 @@
     </w:p>
     <w:p w14:paraId="685B6B77" w14:textId="34B653E5" w:rsidR="00A823EF" w:rsidRPr="001F0B9F" w:rsidRDefault="001F0B9F" w:rsidP="00494719">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F0B9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Bibliografías</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52775249" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="52775249" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>ACC (Academia de Ciencias de Cuba). Instituto de Meteorología. (1976). Instrucciones para realizar observaciones agrometeorológicas en estaciones y puestos. La Habana. 236p.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="469C8DC4" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="009E43A9">
+    <w:p w14:paraId="469C8DC4" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E43A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Ali, O., A. Ramsubhag y J. Jayaraman, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -15011,54 +15021,54 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>in plants: Implications towards sustainable</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E43A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>crop production. Plants 10(3): 531.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF76A79" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="7EF76A79" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00225A3A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Anastacio-Angel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00225A3A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, G., González-Fuentes, J. A., Zermeño-González, A., Robledo-Olivo, A., Lara-</w:t>
@@ -15136,54 +15146,54 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.) Sometida a Estrés Hídrico. Terra Latinoamericana, 42, 1-14. e1772. Disponible en: </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00225A3A">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://doi.org/10.28940/terrav42i0.1772</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74BC8EBA" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="74BC8EBA" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Brito P. F. O. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vinicius</w:t>
@@ -15279,54 +15289,54 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> on production of lettuce seedling. Journal of Agronomic Sciences, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Umuarama</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, (.2), (2), p.40-45.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00BC6FA2" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="003134BB">
+    <w:p w14:paraId="00BC6FA2" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="709" w:hanging="709"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bustamante-González, C. A., Vázquez-Osorio, Y., and Álvarez Morales, R. (2024). </w:t>
       </w:r>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Effect of the Application Timing of VIUSID </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -15347,54 +15357,54 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ® on the Growth of Coffea arabica L. Seedlings. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Agro Productividad. Disponible en: </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00E03210">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://doi.org/10.32854/agrop.v17i12.2916</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="58134948" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="58134948" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Callejas-Rodríguez, R. Rodrigo Reyes-Sánchez, Ismael Plácido-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tomielis</w:t>
       </w:r>
@@ -15441,54 +15451,54 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Mex. Vol. 46 (2): 127-135. Disponible en: </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00E03210">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://doi.org/10.35196/rfm.2023.2.127</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76EF282B" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="006D0BD9">
+    <w:p w14:paraId="76EF282B" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D0BD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Cargua</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -15902,54 +15912,54 @@
       <w:r w:rsidRPr="006D0BD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>10(1):14-22 ISSN:1390-8103</w:t>
       </w:r>
       <w:r w:rsidRPr="006D0BD9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00FA77B0">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://www.researchgate.net/publication/342872795</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4FE4FD32" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="4FE4FD32" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Castro-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lizazo</w:t>
       </w:r>
@@ -16068,75 +16078,75 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: 2500-5308. Disponible en: </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00E03210">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://doi.org/10.21930/rcta.vol23_num1_art:2343</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02DB17A0" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="02DB17A0" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CIAT, Centro Internacional de Agricultura Tropical. (2012). Guía técnica para el manejo de variedades de frijol. Ministerio de Agricultura y ganadería. 24 pp. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10EE0492" w14:textId="0AC23FF4" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="10EE0492" w14:textId="0AC23FF4" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002207DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Díaz-Medina, A.  Adriel Carrillo González, Claribel Suárez Pérez. (2023). Efecto de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002207DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bioproductos</w:t>
@@ -16166,54 +16176,54 @@
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://doi.org/10.29312/remexca.v14i4.3303</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DE0D1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16320B24" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="007168E9">
+    <w:p w14:paraId="16320B24" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007168E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Falcón, A.B., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007168E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -16342,75 +16352,75 @@
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.5424/sjar/2017151-9288</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007168E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04097D47" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="04097D47" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Hernández, J.A., Pérez, J.J., Bosh, I.D. y Castro S.N. (2015). Clasificación de los suelos de Cuba. Instituto Nacional de Ciencias Agrícolas, Ministerio de Educación Superior, Ministerio de la Agricultura. La Habana. Cuba. 91p. ISBN: 978-959-7023-77-7.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E0B629D" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="00EB3393">
+    <w:p w14:paraId="6E0B629D" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB3393">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Kocira</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EB3393">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -16573,93 +16583,93 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> applied in bean (Phaseolus vulgaris L.).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3393">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Agronomy 10: 189. DOI: 10.3390/agronomy10020189</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F8F5441" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="4F8F5441" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">López-Maya, Amanda. (2024). Acumulación de UC y su relación con la fenología del cultivo de frijol. Tesis para obtener el título de Ingeniería Agrícola. Universidad Nacional Autónoma de México. UNAM. Facultad de estudios superiores. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cantitlán</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. 46p.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48A021F9" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="48A021F9" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Martínez-González, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lisbel</w:t>
       </w:r>
@@ -16719,54 +16729,54 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>biofertilizadas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Cultivos Tropicales.  vol. 37, no. 3, pp. 165-171. Disponible en: </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00E03210">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://dx.doi.org/10.13140/RG.2.1.1077.0165</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="42441790" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="42441790" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Martínez-Sánchez, A., G. M. Ortega-Arias-Carbajal, G. González-Pardo, S. Armenteros-Galarraga, M. A. Peña-Martínez, S. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Legrá</w:t>
       </w:r>
@@ -16826,112 +16836,112 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lebame</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. ICIDCA 51: 17-20.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4948BB70" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="4948BB70" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>INAG</w:t>
       </w:r>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2017). Producción sostenible de frijol común en Cuba. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="064BA683" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="064BA683" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MINAG, (2014). Guía Técnica del cultivo de frijol común. Cuba. 12p.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F3F9582" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00FF2FE8" w:rsidRDefault="00BF2412" w:rsidP="00D417FB">
+    <w:p w14:paraId="1F3F9582" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00FF2FE8" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Morales-Guevara D, Dell Amico-Rodríguez J, Jerez-Mompie E, Rodríguez-Hernández P, Álvarez-Bello I, Díaz-Hernández Y, et al. (2017). Efecto del </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
@@ -16948,54 +16958,54 @@
         </w:rPr>
         <w:t xml:space="preserve">(r) en plantas de frijol (Phaseolus vulgaris L.) sometidas a dos regímenes de riego. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF2FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">I. Crecimiento y rendimiento. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF2FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Cultivos </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65574C41" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="65574C41" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF2FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Mutale</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FF2FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -17100,54 +17110,54 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. Scientific Reports, 10(1), 1-12. </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00E03210">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://doi.org/10.1038/s41598-020-59840-4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61154402" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="61154402" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nápoles MC, Cabrera JC, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Onderwater</w:t>
@@ -17245,54 +17255,54 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vulgaris</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.). Cultivos Tropicales 37(2):44-37. ISSN: 0258-5936</w:t>
       </w:r>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07DEFE3C" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="007B28C1">
+    <w:p w14:paraId="07DEFE3C" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B28C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Nendel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007B28C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -17376,108 +17386,108 @@
         <w:t>Recuperado</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007B28C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00C0090D">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://www.sciencedirect.com/journal/agricultural-systems/special-issue/10KMQXWS77N</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="10CC00CB" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="008B7232">
+    <w:p w14:paraId="10CC00CB" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008B7232">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Peltonen-Sainio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008B7232">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, P. et al. (2016). Spatial and temporal variation in weather events critical for boreal agriculture: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008B7232">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>IElevated</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008B7232">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> temperatures. Agricultural and Food Science, 25(1), 44-56. Doi: 10.23986 / afsci.51465</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D4719AC" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="006902AB">
+    <w:p w14:paraId="7D4719AC" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006902AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Piao, S., Liu, Z., Wang, T., Peng, S., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006902AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -17585,100 +17595,100 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>variations of spring carbon uptake across northern</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006902AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>lands. Nature Climate Change, 7(5): 359-363</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BB0E8F3" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00B33255" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="2BB0E8F3" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00B33255" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B33255">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Quintero-Rodríguez, Elieni., Alexander Calero Hurtado, Yanery Pérez Díaz y Lorettys Enríquez Gómez. (2018).   Efecto de diferentes bioestimulantes en el rendimiento del frijol común. Centro Agrícola. vol.45 no.3. Santa Clara.  jul.-set. versión On-line ISSN 0253-5785.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CE589B8" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="3CE589B8" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ramírez, C. N., Cid, R. A., Reveles, H. M. (2019). Maduración de genotipos de frijol común medidas en unidades de calor en los sistemas de siembra. IV Congreso Internacional y XV Congreso Nacional sobre recursos bióticos de Zonas Áridas. Universidad Autónoma Chapingo. Bermejillo. Durango. México. 165 – 168pp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="761679ED" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="00AB5491">
+    <w:p w14:paraId="761679ED" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB5491">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Romero-Félix CS,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -17997,54 +18007,54 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AB5491">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Agropecuarios</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AB5491">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10(2): e3650. DOI:10.19136/era. a10n2.3650</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="575061B2" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00FF2FE8" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="575061B2" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00FF2FE8" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rosales-Serna, R. Hilario Flores-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gallardo</w:t>
       </w:r>
@@ -18105,54 +18115,54 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Rev. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF2FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fitotec</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FF2FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Mex. Vol. 44 (4): 511 - 519, 2021. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E6057C6" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="1E6057C6" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ruiz, M. A. (2018). Las unidades de calor. </w:t>
       </w:r>
       <w:r w:rsidRPr="0023047B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Disponible en </w:t>
       </w:r>
       <w:r>
@@ -18169,54 +18179,54 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:anchor=":~:text=La%20Unidades%20Calor%(UC)%20son,temperaturas20%adecuadas20%su%20desarrollo" w:history="1">
         <w:r w:rsidRPr="00E03210">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://semillastodoterreno.com/2018/11/lasunidadesdecalor#:~:text=La%20Unidades%20Calor%(UC)%20son,temperaturas20%adecuadas20%su%20desarrollo</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7114123B" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="7114123B" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sadras</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, V.; Ferreiro, M.; </w:t>
@@ -18236,54 +18246,54 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, F. Y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kantolic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, A. (2000). “Desarrollo fenológico y su respuesta a temperatura y fotoperíodo”. Facultad de Ciencias Agrarias UNMP. Editorial Médica Panamericana S.A. Argentina. 29 – 36.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A0C5054" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00411B75" w:rsidRDefault="00BF2412" w:rsidP="00411B75">
+    <w:p w14:paraId="2A0C5054" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00411B75" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00411B75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -18306,54 +18316,54 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and spectral responses of coffee intercropped</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00411B75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>with woody species. Coffee Science, 11(3), 318-328. Doi: http://dx.doi.org/10.25186/cs.v11i3.1085</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="357279C3" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="00411B75">
+    <w:p w14:paraId="357279C3" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00411B75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Sun, T., Hasegawa, T., Tang, L., Wang, W., Zhou, J., Liu, L., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00411B75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -18415,54 +18425,54 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>j.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00411B75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>agrformet.2018.03.006</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03B6001D" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="00157BA2">
+    <w:p w14:paraId="03B6001D" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00157BA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Szpunar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00157BA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -18487,54 +18497,54 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00157BA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Agronomy 12: 3189. DOI: 10.3390/agronomy12123189</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="782F1CF1" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00A823EF">
+    <w:p w14:paraId="782F1CF1" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRPr="00E03210" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tamayo-Aguilar, Y., P. Juárez-López, W. Capdevila-Bueno, J. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lescaille</w:t>
       </w:r>
@@ -18617,54 +18627,54 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Delicia 364. Terra Latinoamericana Número Especial 38-3: 667-678. Disponible en: DOI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00E03210">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://doi.org/10.28940/terra.v38i3.672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42764389" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="00B402DA">
+    <w:p w14:paraId="42764389" w14:textId="77777777" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B402DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Valero VNO, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B402DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -18967,54 +18977,54 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 21(2):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B402DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1-15.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5070738A" w14:textId="37D92874" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="007168E9">
+    <w:p w14:paraId="5070738A" w14:textId="37D92874" w:rsidR="00BF2412" w:rsidRDefault="00BF2412" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Xue</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -19042,54 +19052,54 @@
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00E03210">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.3389/fpls.2017.00621</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E03210">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20F1C3AF" w14:textId="1B69565E" w:rsidR="00C503E5" w:rsidRDefault="00C503E5" w:rsidP="00C503E5">
+    <w:p w14:paraId="20F1C3AF" w14:textId="1B69565E" w:rsidR="00C503E5" w:rsidRDefault="00C503E5" w:rsidP="00E853AC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C503E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Morales, G.D., Dell´ Amico, R.J., Jerez, M.E.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -19257,51 +19267,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Cultivos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C503E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C503E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tropicales</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C503E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, Vol. 37,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C503E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -19327,70 +19336,71 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>: 0258-5936, ISSN</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C503E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>digital: 1819 – 4087</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33231EB4" w14:textId="78649D2A" w:rsidR="00FE40A0" w:rsidRDefault="00FE40A0" w:rsidP="00FE40A0">
+    <w:p w14:paraId="4123D7E8" w14:textId="7A2C13AD" w:rsidR="006E0063" w:rsidRPr="00E03210" w:rsidRDefault="00FE40A0" w:rsidP="00303DB6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="773" w:hangingChars="322" w:hanging="773"/>
+        <w:ind w:left="425" w:hangingChars="177" w:hanging="425"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE40A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Pedro K, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE40A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Idania</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE40A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -19741,106 +19751,50 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>REVISTA INCAING ISSN24489131(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE40A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Marzo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE40A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Abril 2022) pp 56-65</w:t>
       </w:r>
-    </w:p>
-[...54 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006E0063" w:rsidRPr="00E03210" w:rsidSect="00AD0C6C">
       <w:headerReference w:type="default" r:id="rId30"/>
       <w:footerReference w:type="default" r:id="rId31"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0FEDD81E" w14:textId="77777777" w:rsidR="00F95954" w:rsidRDefault="00F95954" w:rsidP="0040025B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
@@ -19899,51 +19853,51 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1CF50482" w14:textId="61EEF102" w:rsidR="004F6EC4" w:rsidRPr="00AD0C6C" w:rsidRDefault="002373A5" w:rsidP="00AD0C6C">
+  <w:p w14:paraId="1CF50482" w14:textId="61EEF102" w:rsidR="004F6EC4" w:rsidRPr="00AD0C6C" w:rsidRDefault="00F8788F" w:rsidP="00AD0C6C">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidR="00AD0C6C">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>https://www.cct-uleam.info</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
@@ -21885,57 +21839,57 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="167"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E02420"/>
     <w:rsid w:val="000021A0"/>
     <w:rsid w:val="00002E96"/>
     <w:rsid w:val="00005C16"/>
     <w:rsid w:val="000066FF"/>
     <w:rsid w:val="000146DA"/>
     <w:rsid w:val="00025D47"/>
     <w:rsid w:val="00026046"/>
@@ -21970,78 +21924,80 @@
     <w:rsid w:val="001476DD"/>
     <w:rsid w:val="001500CB"/>
     <w:rsid w:val="00150C52"/>
     <w:rsid w:val="00150D0E"/>
     <w:rsid w:val="00156454"/>
     <w:rsid w:val="00157BA2"/>
     <w:rsid w:val="00170EBB"/>
     <w:rsid w:val="00173106"/>
     <w:rsid w:val="0017465F"/>
     <w:rsid w:val="00176DAA"/>
     <w:rsid w:val="001821A7"/>
     <w:rsid w:val="00183C4A"/>
     <w:rsid w:val="00193A10"/>
     <w:rsid w:val="001A76FD"/>
     <w:rsid w:val="001B5546"/>
     <w:rsid w:val="001B700B"/>
     <w:rsid w:val="001C3500"/>
     <w:rsid w:val="001C675D"/>
     <w:rsid w:val="001D5D49"/>
     <w:rsid w:val="001D78F6"/>
     <w:rsid w:val="001E39D7"/>
     <w:rsid w:val="001E609D"/>
     <w:rsid w:val="001F0B9F"/>
     <w:rsid w:val="001F2D07"/>
     <w:rsid w:val="001F3504"/>
+    <w:rsid w:val="00200978"/>
     <w:rsid w:val="002040B0"/>
     <w:rsid w:val="00214A1F"/>
     <w:rsid w:val="002207DF"/>
     <w:rsid w:val="00223573"/>
     <w:rsid w:val="002243B0"/>
     <w:rsid w:val="00225628"/>
     <w:rsid w:val="00225A3A"/>
     <w:rsid w:val="00226630"/>
     <w:rsid w:val="0023047B"/>
     <w:rsid w:val="00232745"/>
     <w:rsid w:val="002373A5"/>
     <w:rsid w:val="002512BA"/>
     <w:rsid w:val="00261A2B"/>
     <w:rsid w:val="002843F4"/>
     <w:rsid w:val="002931C3"/>
     <w:rsid w:val="00295B5C"/>
     <w:rsid w:val="002A58E0"/>
     <w:rsid w:val="002A6710"/>
     <w:rsid w:val="002B1FFA"/>
     <w:rsid w:val="002B5488"/>
     <w:rsid w:val="002B7BBC"/>
     <w:rsid w:val="002D165D"/>
     <w:rsid w:val="002D2026"/>
     <w:rsid w:val="002D2AF7"/>
     <w:rsid w:val="002D52EC"/>
     <w:rsid w:val="002E31FC"/>
     <w:rsid w:val="002F6878"/>
     <w:rsid w:val="002F7EBE"/>
+    <w:rsid w:val="00303DB6"/>
     <w:rsid w:val="003134BB"/>
     <w:rsid w:val="00313E0F"/>
     <w:rsid w:val="00320677"/>
     <w:rsid w:val="00320E7C"/>
     <w:rsid w:val="0033192A"/>
     <w:rsid w:val="0033439C"/>
     <w:rsid w:val="0033782B"/>
     <w:rsid w:val="00344228"/>
     <w:rsid w:val="0034544A"/>
     <w:rsid w:val="003475C0"/>
     <w:rsid w:val="00360393"/>
     <w:rsid w:val="0036067B"/>
     <w:rsid w:val="0038583F"/>
     <w:rsid w:val="003945F9"/>
     <w:rsid w:val="003A19C3"/>
     <w:rsid w:val="003A2EBF"/>
     <w:rsid w:val="003B1904"/>
     <w:rsid w:val="003B3E5A"/>
     <w:rsid w:val="003C3882"/>
     <w:rsid w:val="003C7294"/>
     <w:rsid w:val="003D11F7"/>
     <w:rsid w:val="003D1B06"/>
     <w:rsid w:val="0040025B"/>
     <w:rsid w:val="00402112"/>
     <w:rsid w:val="00403F9A"/>
@@ -22109,50 +22065,51 @@
     <w:rsid w:val="006A1DC2"/>
     <w:rsid w:val="006D0BD9"/>
     <w:rsid w:val="006D2A9A"/>
     <w:rsid w:val="006D41F0"/>
     <w:rsid w:val="006E0063"/>
     <w:rsid w:val="006E2536"/>
     <w:rsid w:val="006F473E"/>
     <w:rsid w:val="00701A27"/>
     <w:rsid w:val="00705D6A"/>
     <w:rsid w:val="007168E9"/>
     <w:rsid w:val="00722795"/>
     <w:rsid w:val="007270B5"/>
     <w:rsid w:val="00730893"/>
     <w:rsid w:val="007315DD"/>
     <w:rsid w:val="00732349"/>
     <w:rsid w:val="007445B6"/>
     <w:rsid w:val="007624CE"/>
     <w:rsid w:val="00762715"/>
     <w:rsid w:val="007702D8"/>
     <w:rsid w:val="00771324"/>
     <w:rsid w:val="00785444"/>
     <w:rsid w:val="00786B7A"/>
     <w:rsid w:val="00792197"/>
     <w:rsid w:val="007923E4"/>
     <w:rsid w:val="00793092"/>
+    <w:rsid w:val="007A1FBB"/>
     <w:rsid w:val="007A536B"/>
     <w:rsid w:val="007B2369"/>
     <w:rsid w:val="007B28C1"/>
     <w:rsid w:val="007C0CCE"/>
     <w:rsid w:val="007C246E"/>
     <w:rsid w:val="007C4512"/>
     <w:rsid w:val="007C6B26"/>
     <w:rsid w:val="007E36F8"/>
     <w:rsid w:val="007E3B2B"/>
     <w:rsid w:val="007E49F1"/>
     <w:rsid w:val="007E5971"/>
     <w:rsid w:val="007E5DE4"/>
     <w:rsid w:val="007F04E4"/>
     <w:rsid w:val="007F12FC"/>
     <w:rsid w:val="007F1D98"/>
     <w:rsid w:val="007F40AC"/>
     <w:rsid w:val="0080665E"/>
     <w:rsid w:val="0081403F"/>
     <w:rsid w:val="00815487"/>
     <w:rsid w:val="00822ED7"/>
     <w:rsid w:val="008424E6"/>
     <w:rsid w:val="008426EF"/>
     <w:rsid w:val="008457F0"/>
     <w:rsid w:val="00846F52"/>
     <w:rsid w:val="00847DFE"/>
@@ -22187,87 +22144,92 @@
     <w:rsid w:val="009A7B17"/>
     <w:rsid w:val="009B0772"/>
     <w:rsid w:val="009C0932"/>
     <w:rsid w:val="009C4081"/>
     <w:rsid w:val="009C47A5"/>
     <w:rsid w:val="009C7354"/>
     <w:rsid w:val="009D18C2"/>
     <w:rsid w:val="009D1E9E"/>
     <w:rsid w:val="009E09AB"/>
     <w:rsid w:val="009E43A9"/>
     <w:rsid w:val="009E6198"/>
     <w:rsid w:val="009F7C60"/>
     <w:rsid w:val="00A03504"/>
     <w:rsid w:val="00A045A4"/>
     <w:rsid w:val="00A07162"/>
     <w:rsid w:val="00A11F10"/>
     <w:rsid w:val="00A16A1B"/>
     <w:rsid w:val="00A23E57"/>
     <w:rsid w:val="00A24436"/>
     <w:rsid w:val="00A33EBA"/>
     <w:rsid w:val="00A374D7"/>
     <w:rsid w:val="00A52B40"/>
     <w:rsid w:val="00A6112A"/>
     <w:rsid w:val="00A647EF"/>
     <w:rsid w:val="00A823EF"/>
+    <w:rsid w:val="00A83465"/>
     <w:rsid w:val="00A860F9"/>
     <w:rsid w:val="00AA105C"/>
     <w:rsid w:val="00AA4187"/>
     <w:rsid w:val="00AA4453"/>
     <w:rsid w:val="00AB4759"/>
     <w:rsid w:val="00AB5491"/>
     <w:rsid w:val="00AB565F"/>
     <w:rsid w:val="00AB6713"/>
     <w:rsid w:val="00AD0C6C"/>
     <w:rsid w:val="00AE43A9"/>
     <w:rsid w:val="00AF0B31"/>
     <w:rsid w:val="00AF14F0"/>
     <w:rsid w:val="00AF5749"/>
     <w:rsid w:val="00B00381"/>
     <w:rsid w:val="00B01569"/>
+    <w:rsid w:val="00B023FE"/>
     <w:rsid w:val="00B02DFE"/>
     <w:rsid w:val="00B064A7"/>
     <w:rsid w:val="00B17CC4"/>
     <w:rsid w:val="00B20246"/>
     <w:rsid w:val="00B20CA0"/>
     <w:rsid w:val="00B22DFB"/>
     <w:rsid w:val="00B23803"/>
     <w:rsid w:val="00B31D2B"/>
     <w:rsid w:val="00B33255"/>
     <w:rsid w:val="00B35DEA"/>
     <w:rsid w:val="00B402DA"/>
     <w:rsid w:val="00B47A98"/>
+    <w:rsid w:val="00B51902"/>
     <w:rsid w:val="00B60F47"/>
     <w:rsid w:val="00B656A1"/>
     <w:rsid w:val="00B71124"/>
     <w:rsid w:val="00B74B02"/>
     <w:rsid w:val="00B74C6C"/>
     <w:rsid w:val="00B77FD9"/>
+    <w:rsid w:val="00B8297D"/>
     <w:rsid w:val="00B83E7D"/>
     <w:rsid w:val="00B86C58"/>
     <w:rsid w:val="00B93F03"/>
     <w:rsid w:val="00B9563F"/>
+    <w:rsid w:val="00B95F4E"/>
     <w:rsid w:val="00BA3218"/>
     <w:rsid w:val="00BA50A7"/>
     <w:rsid w:val="00BB6956"/>
     <w:rsid w:val="00BC28D1"/>
     <w:rsid w:val="00BC3110"/>
     <w:rsid w:val="00BC343F"/>
     <w:rsid w:val="00BC4170"/>
     <w:rsid w:val="00BD0F45"/>
     <w:rsid w:val="00BE44D3"/>
     <w:rsid w:val="00BF2412"/>
     <w:rsid w:val="00C069BD"/>
     <w:rsid w:val="00C22751"/>
     <w:rsid w:val="00C40523"/>
     <w:rsid w:val="00C4058F"/>
     <w:rsid w:val="00C503E5"/>
     <w:rsid w:val="00C604E2"/>
     <w:rsid w:val="00C707FD"/>
     <w:rsid w:val="00C71577"/>
     <w:rsid w:val="00C91249"/>
     <w:rsid w:val="00CB32A0"/>
     <w:rsid w:val="00CC51E2"/>
     <w:rsid w:val="00CC7848"/>
     <w:rsid w:val="00CD106F"/>
     <w:rsid w:val="00CD2900"/>
     <w:rsid w:val="00CD3F30"/>
@@ -22292,119 +22254,122 @@
     <w:rsid w:val="00DA0FE2"/>
     <w:rsid w:val="00DA1C45"/>
     <w:rsid w:val="00DB43F2"/>
     <w:rsid w:val="00DB46AD"/>
     <w:rsid w:val="00DC2268"/>
     <w:rsid w:val="00DC45CB"/>
     <w:rsid w:val="00DC54EB"/>
     <w:rsid w:val="00DE0D1A"/>
     <w:rsid w:val="00DF13AE"/>
     <w:rsid w:val="00E006BE"/>
     <w:rsid w:val="00E02420"/>
     <w:rsid w:val="00E02827"/>
     <w:rsid w:val="00E03210"/>
     <w:rsid w:val="00E04BF2"/>
     <w:rsid w:val="00E16B86"/>
     <w:rsid w:val="00E20755"/>
     <w:rsid w:val="00E22F55"/>
     <w:rsid w:val="00E27CF9"/>
     <w:rsid w:val="00E41E0F"/>
     <w:rsid w:val="00E4366C"/>
     <w:rsid w:val="00E45122"/>
     <w:rsid w:val="00E51AC1"/>
     <w:rsid w:val="00E6791F"/>
     <w:rsid w:val="00E71381"/>
     <w:rsid w:val="00E84668"/>
+    <w:rsid w:val="00E853AC"/>
     <w:rsid w:val="00E91ACD"/>
     <w:rsid w:val="00EA573D"/>
     <w:rsid w:val="00EA7784"/>
     <w:rsid w:val="00EA7F01"/>
     <w:rsid w:val="00EB0138"/>
     <w:rsid w:val="00EB3393"/>
     <w:rsid w:val="00EB586B"/>
     <w:rsid w:val="00EC001E"/>
     <w:rsid w:val="00EC13E5"/>
     <w:rsid w:val="00ED0C1A"/>
     <w:rsid w:val="00ED7B76"/>
     <w:rsid w:val="00EE1688"/>
     <w:rsid w:val="00EE562F"/>
     <w:rsid w:val="00EF7D6E"/>
     <w:rsid w:val="00F06A28"/>
     <w:rsid w:val="00F13FA3"/>
     <w:rsid w:val="00F26EF0"/>
+    <w:rsid w:val="00F32892"/>
     <w:rsid w:val="00F3693C"/>
     <w:rsid w:val="00F60CA1"/>
     <w:rsid w:val="00F71435"/>
     <w:rsid w:val="00F71EAB"/>
     <w:rsid w:val="00F72F53"/>
     <w:rsid w:val="00F76600"/>
     <w:rsid w:val="00F7661B"/>
     <w:rsid w:val="00F84697"/>
+    <w:rsid w:val="00F8788F"/>
     <w:rsid w:val="00F95954"/>
     <w:rsid w:val="00FA1163"/>
     <w:rsid w:val="00FA1269"/>
     <w:rsid w:val="00FA4899"/>
     <w:rsid w:val="00FA6E39"/>
     <w:rsid w:val="00FA7F4F"/>
     <w:rsid w:val="00FB0338"/>
     <w:rsid w:val="00FB3B98"/>
     <w:rsid w:val="00FC685B"/>
     <w:rsid w:val="00FD1FFE"/>
     <w:rsid w:val="00FD309F"/>
     <w:rsid w:val="00FE0F3B"/>
     <w:rsid w:val="00FE40A0"/>
     <w:rsid w:val="00FE4361"/>
     <w:rsid w:val="00FE6243"/>
     <w:rsid w:val="00FF062D"/>
     <w:rsid w:val="00FF2FE8"/>
     <w:rsid w:val="00FF399B"/>
     <w:rsid w:val="00FF4459"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=";"/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="214D61DC"/>
   <w15:docId w15:val="{A6207B4C-6AD1-4DE9-AAA8-1AC6C84EE295}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -23235,51 +23200,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1359351081">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35196/rfm.2023.2.127" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semillastodoterreno.com/2018/11/lasunidadesdecalor" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.29312/remexca.v14i4.3303" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32854/agrop.v17i12.2916" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/agricultural-systems/special-issue/10KMQXWS77N" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.28940/terrav42i0.1772" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21930/rcta.vol23_num1_art:2343" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.00621" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aboudeta@udg.co.cu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-59840-4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.13140/RG.2.1.1077.0165" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.28940/terra.v38i3.672" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5769-6852" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/342872795" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboicetf@udg.co.cu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5424/sjar/2017151-9288" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aboudeta@udg.co.cu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35196/rfm.2023.2.127" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semillastodoterreno.com/2018/11/lasunidadesdecalor" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.29312/remexca.v14i4.3303" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32854/agrop.v17i12.2916" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/agricultural-systems/special-issue/10KMQXWS77N" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.28940/terrav42i0.1772" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21930/rcta.vol23_num1_art:2343" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2017.00621" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aboudeta@udg.co.cu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-59840-4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.13140/RG.2.1.1077.0165" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.28940/terra.v38i3.672" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5769-6852" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/342872795" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboicetf@udg.co.cu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5424/sjar/2017151-9288" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aboudeta@udg.co.cu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cct-uleam.info" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -23545,69 +23510,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12098C24-3D28-41F4-942C-95AB8A726ADC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>5812</Words>
-  <Characters>31972</Characters>
+  <Words>5818</Words>
+  <Characters>32005</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>266</Lines>
   <Paragraphs>75</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Trabajo de Diploma Michel Aliaga Sánchez</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>37709</CharactersWithSpaces>
+  <CharactersWithSpaces>37748</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Trabajo de Diploma Michel Aliaga Sánchez</dc:title>
   <dc:creator>ANADE</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>